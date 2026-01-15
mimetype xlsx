--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>LEGENDARY</t>
   </si>
   <si>
@@ -58,53 +58,50 @@
     <t>Clase 25</t>
   </si>
   <si>
     <t>Precio Fijo</t>
   </si>
   <si>
     <t>Denominativa</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>ELEGANZAHOME</t>
   </si>
   <si>
     <t>Clase 36</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>Mixta</t>
   </si>
   <si>
     <t>Figurativa</t>
-  </si>
-[...1 lines deleted...]
-    <t>AIR 2008</t>
   </si>
   <si>
     <t>BONANZA</t>
   </si>
   <si>
     <t>VINCCI</t>
   </si>
   <si>
     <t>YARLOKS</t>
   </si>
   <si>
     <t>BIELA</t>
   </si>
   <si>
     <t>RONAL</t>
   </si>
   <si>
     <t>SANDEES</t>
   </si>
   <si>
     <t>PARRYSH</t>
   </si>
   <si>
     <t>CREDISOFT</t>
   </si>
@@ -139,56 +136,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -252,58 +249,56 @@
       </c>
       <c r="E4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="0"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="0"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
         <v>20</v>
@@ -317,79 +312,79 @@
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="0"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="0"/>
+      <c r="G8" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G9" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="0"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
         <v>24</v>
@@ -397,118 +392,95 @@
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="0"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G12" s="0"/>
+      <c r="G12" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>6</v>
-[...21 lines deleted...]
-      <c r="G14" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" tooltip="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f"/>
     <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" tooltip="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628"/>
     <hyperlink ref="G3" r:id="rId3" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg"/>
     <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" tooltip="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555"/>
     <hyperlink ref="G4" r:id="rId5" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg"/>
-    <hyperlink ref="F5" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" tooltip="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54"/>
-[...12 lines deleted...]
-    <hyperlink ref="G14" r:id="rId19" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg"/>
+    <hyperlink ref="F5" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" tooltip="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e"/>
+    <hyperlink ref="F6" r:id="rId7" display="Publicación" address="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" tooltip="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439"/>
+    <hyperlink ref="F7" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" tooltip="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72"/>
+    <hyperlink ref="F8" r:id="rId9" display="Publicación" address="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" tooltip="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c"/>
+    <hyperlink ref="G8" r:id="rId10" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg"/>
+    <hyperlink ref="F9" r:id="rId11" display="Publicación" address="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" tooltip="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c"/>
+    <hyperlink ref="F10" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" tooltip="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c"/>
+    <hyperlink ref="F11" r:id="rId13" display="Publicación" address="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" tooltip="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201"/>
+    <hyperlink ref="F12" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" tooltip="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861"/>
+    <hyperlink ref="G12" r:id="rId15" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg"/>
+    <hyperlink ref="F13" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" tooltip="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d"/>
+    <hyperlink ref="G13" r:id="rId17" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>